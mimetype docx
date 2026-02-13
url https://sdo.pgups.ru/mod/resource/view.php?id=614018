--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -4097,142 +4097,348 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>профессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>деятельности</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002E7589" w:rsidRPr="002E7589" w:rsidRDefault="002E7589" w:rsidP="002E7589">
+          <w:p w:rsidR="00754AEE" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-6.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>решения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>стандартных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>задач</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>основе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>информационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E7589">
-[...27 lines deleted...]
-          <w:p w:rsidR="002E7589" w:rsidRPr="002E7589" w:rsidRDefault="002E7589" w:rsidP="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>библиографической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>культуры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>применением</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>информационно-коммуникационных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E7589" w:rsidRPr="002E7589" w:rsidRDefault="002E7589" w:rsidP="00754AEE">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-6.2.1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
@@ -5292,82 +5498,82 @@
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-13.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Умеет применять стандартные методы расчета при проектировании деталей и узлов изделий машиностроения</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">ОПК-13.3.1 Владеет стандартными методами расчета при проектировании деталей и узлов изделий </w:t>
+              <w:t xml:space="preserve">Умеет применять стандартные методы расчета при проектировании деталей и узлов изделий </w:t>
             </w:r>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>машиностроения</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="000D5B8E" w:rsidRPr="002738F5" w:rsidRDefault="002E7589" w:rsidP="002E7589">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E7589">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПК-13.3.1 Владеет стандартными методами расчета при проектировании деталей и узлов изделий машиностроения</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C4EB6" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C4EB6" w:rsidRPr="002738F5" w:rsidRDefault="001C4EB6" w:rsidP="00B3367A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>21</w:t>
             </w:r>
@@ -5402,312 +5608,330 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C4EB6" w:rsidRPr="002738F5" w:rsidRDefault="001C4EB6" w:rsidP="001C4EB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Материаловедение. Технология конструкционных материалов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5214B" w:rsidRPr="002738F5" w:rsidRDefault="002E7589" w:rsidP="002E7589">
+          <w:p w:rsidR="00D5214B" w:rsidRPr="002738F5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-12.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>методы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>обеспечения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>технологичности</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>изделий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>процессов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>их</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>изготовления</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>также</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>технологическую</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>дисциплину</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>при</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>изготовлении</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>изделий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002E7589">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>машиностроения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="000D5B8E" w:rsidRPr="002738F5" w:rsidRDefault="002E7589" w:rsidP="002E7589">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E7589">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-12.3.1 </w:t>
@@ -7013,81 +7237,81 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001C4EB6" w:rsidRPr="002738F5" w:rsidRDefault="001C4EB6" w:rsidP="001C4EB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Метрология, стандартизация и сертификация </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5214B" w:rsidRPr="002738F5" w:rsidRDefault="002E7589" w:rsidP="002E7589">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="002E7589">
+          <w:p w:rsidR="00D5214B" w:rsidRPr="002738F5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-12.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E7589">
-[...5 lines deleted...]
-              <w:t>Знает методы обеспечения технологичности изделий и процессов их изготовления и технологическую дисциплину при изготовлении изделий машиностроения</w:t>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Знает методы обеспечения технологичности изделий и процессов их изготовления, а также технологическую дисциплину при изготовлении изделий машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF6222" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00AF6222" w:rsidRPr="002738F5" w:rsidRDefault="00AF6222" w:rsidP="00AF6222">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
@@ -7442,60 +7666,52 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00361CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>УК-7.1.1. Знает виды физических упражнений; роль и значение физической культуры в жизни человека и общества; научно-практические основы физической культуры; методы профилактики вредных привычек и формирования здорового образа и стиля жизни</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00361CD7" w:rsidRPr="00361CD7" w:rsidRDefault="00361CD7" w:rsidP="00361CD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00361CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">УК-7.2.1. Умеет применять на практике разнообразные средства физической культуры и спорта для сохранения и укрепления здоровья и психофизической подготовки; использовать методы физического воспитания для </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>профессионально-личностного развития, физического самосовершенствования</w:t>
+              <w:t>УК-7.2.1. Умеет применять на практике разнообразные средства физической культуры и спорта для сохранения и укрепления здоровья и психофизической подготовки; использовать методы физического воспитания для профессионально-личностного развития, физического самосовершенствования</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AF6222" w:rsidRPr="002738F5" w:rsidRDefault="00361CD7" w:rsidP="00361CD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00361CD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>УК-7.3.1. Владеет средствами и методами укрепления индивидуального здоровья для обеспечения полноценной социальной и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF6222" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
@@ -8310,122 +8526,122 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="00D53439" w:rsidP="00D53439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Производственный менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="003B2CB5">
+          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-8.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B2CB5">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="003B2CB5">
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Знает внешние и внутренние факторы, вызывающие затраты на обеспечение деятельности производственных подразделений в машиностроении</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-8.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B2CB5">
-[...6 lines deleted...]
-              <w:t>Умеет осуществлять технико-экономический анализ затрат на обеспечение деятельности производственных подразделений в машиностроении</w:t>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Умеет осуществлять анализ затрат на обеспечение деятельности производственных подразделений в машиностроении</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-8.3.1 Владеет методами проведения анализа затрат на обеспечение деятельности производственных подразделений в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
@@ -8641,141 +8857,142 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б1.О.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="00D53439" w:rsidP="00D53439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Охрана труда и экологическая безопасность</w:t>
+              <w:t xml:space="preserve">Охрана труда и экологическая </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>безопасность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ОПК-10.1.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Знает требования производственной и экологической безопасности на рабочих местах</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ОПК-10.1.1</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>ОПК-10.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Знает требования правил и инструкций производственной и экологической безопасности на рабочих местах</w:t>
-[...46 lines deleted...]
-              <w:t>рабочих местах</w:t>
+              <w:t>Умеет контролировать и обеспечивать производственную и экологическую безопасность на рабочих местах</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-10.3.1 Владеет навыками контроля производственной и экологической безопасности на рабочих местах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
@@ -8831,141 +9048,168 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="00D53439" w:rsidP="00D53439">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Методы и средства технической диагностики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПК-11.1.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Знает методы контроля качества изделий и объектов в сфере профессиональной деятельности, причины нарушений технологических процессов в машиностроении, мероприятия по их предупреждению</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ОПК-11.1.1</w:t>
+              <w:t>ОПК-11.2.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Знает методы контроля качества изделий и объектов в сфере профессиональной деятельности </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
+              <w:t>Умеет применять методы контроля качества изделий и объектов в сфере профессиональной деятельности, проводить анализ причин нарушений технологических процессов в машиностроении и разрабатывать мероприятия по их предупреждению</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D53439" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="00754AEE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ОПК-11.2.1</w:t>
-[...36 lines deleted...]
-              <w:t>ОПК-11.3.1 Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
+              <w:t>ОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00754AEE" w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОПК-11.3.1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00754AEE" w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности, анализа причин нарушений технологических процессов в машиностроении и разработки мероприятий по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37</w:t>
@@ -9001,105 +9245,105 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Технологии ультразвукового контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="003B2CB5">
+          <w:p w:rsidR="00754AEE" w:rsidRPr="00754AEE" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПК-11.1.1 Знает методы контроля качества изделий и объектов в сфере профессиональной деятельности, причины нарушений технологических процессов в машиностроении, мероприятия по их предупреждению</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00754AEE" w:rsidRPr="00754AEE" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-11.2.1 Умеет применять методы контроля качества изделий и объектов в сфере профессиональной деятельности, проводить анализ причин нарушений технологических процессов в машиностроении и разрабатывать мероприятия по их предупреждению</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...15 lines deleted...]
-              <w:t>ОПК-11.3.1 Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
+          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПОПК-11.3.1  Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности, анализа причин нарушений технологических процессов в машиностроении и разработки мероприятий по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
@@ -9135,105 +9379,105 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Системы неразрушающего контроля и технической диагностики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="003B2CB5">
+          <w:p w:rsidR="00754AEE" w:rsidRPr="00754AEE" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПК-11.1.1 Знает методы контроля качества изделий и объектов в сфере профессиональной деятельности, причины нарушений технологических процессов в машиностроении, мероприятия по их предупреждению</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00754AEE" w:rsidRPr="00754AEE" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-11.2.1 Умеет применять методы контроля качества изделий и объектов в сфере профессиональной деятельности, проводить анализ причин нарушений технологических процессов в машиностроении и разрабатывать мероприятия по их предупреждению</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...15 lines deleted...]
-              <w:t>ОПК-11.3.1 Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
+          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПОПК-11.3.1  Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности, анализа причин нарушений технологических процессов в машиностроении и разработки мероприятий по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
@@ -9269,85 +9513,87 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Технология транспортного машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="003B2CB5">
+          <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00754AEE" w:rsidP="00754AEE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00754AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-12.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B2CB5">
-[...6 lines deleted...]
-              <w:t>Знает методы обеспечения технологичности изделий и процессов их изготовления и технологическую дисциплину при изготовлении изделий машиностроения</w:t>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00754AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Знает методы обеспечения технологичности изделий и процессов их изготовления, а также технологическую дисциплину при изготовлении изделий машиностроения</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОПК-12.3.1 Владеет методами обеспечения технологичности изделий и процессов их изготовления, а также контроля соблюдения технологической дисциплины при изготовлении изделий машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
@@ -9607,50 +9853,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Знает способы применения методов математического анализа и моделирования в объеме, необходимом для решения задач в профессиональной деятельности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ОПК-1.2.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Умеет применять методы математического анализа и моделирования в профессиональной деятельности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9780,180 +10027,161 @@
               <w:t>ОПК-13.3.1 Владеет стандартными методами расчета при проектировании деталей и узлов изделий машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00D53439">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б1.О.42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Надежность механических </w:t>
-[...8 lines deleted...]
-              <w:t>систем</w:t>
+              <w:t>Надежность механических систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ОПК-7.1.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает способы применения современных </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>экологичных</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и безопасных методов рационального </w:t>
-[...9 lines deleted...]
-              <w:t>использования сырьевых и энергетических ресурсов в машиностроении</w:t>
+              <w:t xml:space="preserve"> и безопасных методов рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003B2CB5" w:rsidRPr="003B2CB5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-7.2.1 Умеет применять современные </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
@@ -10031,51 +10259,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14786" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Дисциплины вариативной части Учебного плана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10537,50 +10764,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.1.6. Знает PDM-систему: возможности и порядок просмотра информации о машиностроительных изделиях</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ПК-1.1.7. Знает PDM и ECM-системы: возможности и порядок осуществления документооборота</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.1.21. Знает CAPP-систему: наименование, возможности и порядок редактирования и оформления технической документации в ней</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
@@ -10652,51 +10880,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и технологических процессов – аналогов для машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ПК-1.2.19. Умеет использовать CAD-системы и CAPP-систему, нормативно-техническую документацию для оформления и корректировки технической документации</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.3.9. Владеет навыками оформления технической документации на технологические процессы изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
@@ -11238,51 +11465,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.1.34. Знает методы уменьшения влияния технологических факторов, вызывающих погрешности изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.2.4. Умеет выбирать схемы контроля технических требований, предъявляемых к машиностроительным изделиям низкой сложности</w:t>
+              <w:t xml:space="preserve">ПК-1.2.4. Умеет выбирать схемы контроля технических требований, предъявляемых к машиностроительным </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>изделиям низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.2.11. Умеет выбирать схемы базирования и закрепления заготовок, деталей и сборочных единиц машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11319,50 +11556,51 @@
               <w:t>ПК-1.3.7. Владеет навыками составления технических заданий на разработку средств технологического оснащения для изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б1.В.</w:t>
             </w:r>
@@ -11381,491 +11619,472 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00332D81" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Технологическая подготовка современных и цифровых машиностроительных </w:t>
-[...8 lines deleted...]
-              <w:t>предприятий</w:t>
+              <w:t>Технологическая подготовка современных и цифровых машиностроительных предприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ПК-1.1.1. Знает критерии определения типа производства</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.1.3. Знает порядок согласования и утверждения технологической и конструкторской документации</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ПК-1.1.9. Знает методы контроля технических требований, предъявляемых к машиностроительным изделиям </w:t>
+              <w:t>ПК-1.1.9. Знает методы контроля технических требований, предъявляемых к машиностроительным изделиям низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.1.13. Знает последовательность и правила выбора исходных заготовок для машиностроительных деталей низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.1.20. Знает правила выбора технологического процесса – аналога изготовления машиностроительных изделий низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.1.31. Знает нормативно-техническую документацию по разработке и оформлению технологической и конструкторской документации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.1.32. Знает причины дефектов при изготовлении машиностроительных изделий низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.1. Умеет искать необходимую для определения типа производства машиностроительных изделий низкой сложности информацию в нормативно-технических и справочных документах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.2. Умеет планировать работу с использованием компьютерного персонального или корпоративного информационного менеджера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.3. Умеет выявлять основные технологические задачи, решаемые при разработке технологических процессов изготовления машиностроительных изделий низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.5. Умеет использовать MDM-систему, нормативно-техническую и справочную документацию для выбора средств контроля технических требований, предъявляемых к машиностроительным изделиям низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.6. Умеет устанавливать по марке материала технологические свойства материалов машиностроительных изделий низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.7. Умеет выявлять конструктивные особенности машиностроительных изделий низкой сложности, влияющие на выбор метода получения заготовки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.8. Умеет выбирать метод получения исходных заготовок машиностроительных изделий низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.9. Умеет использовать текстовые редакторы (процессоры) и CAD-системы для оформления технических заданий на проектирование исходных заготовок для машиностроительных деталей низкой сложности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.2.10. Умеет передавать с использованием PDM-системы, ECM-системы техническое задание на проектирование исходных заготовок разработчикам исходных заготовок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПК-1.2.12. Умеет выбирать методы обеспечения заданной точности сборки машиностроительных изделий </w:t>
             </w:r>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>низкой сложности</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
-[...36 lines deleted...]
-          </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.1.31. Знает нормативно-техническую документацию по разработке и оформлению технологической и конструкторской документации</w:t>
+              <w:t>ПК-1.2.15. Умеет формировать последовательности обработки отдельных поверхностей и группировать их в этапы обработки машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.1.32. Знает причины дефектов при изготовлении машиностроительных изделий низкой сложности</w:t>
+              <w:t>ПК-1.2.16. Умеет разрабатывать схемы сборки машиностроительных изделий низкой сложности и расчленять их на отдельные операции сборки</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>ПК-1.2.1. Умеет искать необходимую для определения типа производства машиностроительных изделий низкой сложности информацию в нормативно-технических и справочных документах</w:t>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПК-1.3.1. Владеет навыками определения типа производства машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.2.2. Умеет планировать работу с использованием компьютерного персонального или корпоративного информационного менеджера</w:t>
+              <w:t>ПК-1.3.3. Имеет навыки выбора исходных заготовок для машиностроительных деталей низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.2.3. Умеет выявлять основные технологические задачи, решаемые при разработке технологических процессов изготовления машиностроительных изделий низкой сложности</w:t>
+              <w:t>ПК-1.3.4. Владеет навыками разработки технических заданий на проектирование исходных заготовок для машиностроительных деталей низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="0072002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.2.5. Умеет использовать MDM-систему, нормативно-техническую и справочную документацию для выбора средств контроля технических требований, предъявляемых к машиностроительным изделиям низкой сложности</w:t>
-[...216 lines deleted...]
-              <w:t>изделий низкой сложности с целью проверки обеспечения заданных технических требований</w:t>
+              <w:t>ПК-1.3.10. Имеет навыки анализа реализации технологических процессов изготовления машиностроительных изделий низкой сложности с целью проверки обеспечения заданных технических требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00332D81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -12669,75 +12888,85 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00084D84" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Аддитивные технологии формообразования в современном транспортном машиностроении</w:t>
+              <w:t xml:space="preserve">Аддитивные технологии формообразования в современном транспортном </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002738F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ПК-1.1.5. Знает CAD-системы: наименования, возможности и порядок работы в них</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0072002A" w:rsidRPr="002738F5" w:rsidRDefault="0072002A" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.1.10. Знает принципы работы и технические характеристики средств контроля технических требований, предъявляемых к машиностроительным изделиям низкой сложности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
@@ -13046,86 +13275,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-9.3.1 Владеет методами эксплуатации, наладки и настройки нового технологического оборудования </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FA19E2" w:rsidRPr="002738F5" w:rsidRDefault="003B2CB5" w:rsidP="003B2CB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B2CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ОПК-11.3.1 </w:t>
-[...9 lines deleted...]
-              <w:t>Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
+              <w:t>ОПК-11.3.1 Владеет методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="00970BB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00693D15" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="00084D84" w:rsidP="00693D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002738F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Б2.В.01(П)</w:t>
             </w:r>
@@ -13608,51 +13826,60 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.3.5. Владеет навыками разработки маршрутных технологических процессов изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A2B47" w:rsidRPr="007A2B47" w:rsidRDefault="007A2B47" w:rsidP="007A2B47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ПК-1.3.6. Имеет навыки выбора средств технологического оснащения для изготовления машиностроительных изделий низкой сложности</w:t>
+              <w:t xml:space="preserve">ПК-1.3.6. Имеет навыки выбора средств технологического оснащения для изготовления машиностроительных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A2B47" w:rsidRPr="007A2B47" w:rsidRDefault="007A2B47" w:rsidP="007A2B47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.3.7. Владеет навыками составления технических заданий на разработку средств технологического оснащения для изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A2B47" w:rsidRPr="007A2B47" w:rsidRDefault="007A2B47" w:rsidP="007A2B47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -13693,60 +13920,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.3.10. Имеет навыки анализа реализации технологических процессов изготовления машиностроительных изделий низкой сложности с целью проверки обеспечения заданных технических требований</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A2B47" w:rsidRPr="007A2B47" w:rsidRDefault="007A2B47" w:rsidP="007A2B47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ПК-1.3.11. Владеет навыками корректировки технической документации на технологические процессы </w:t>
-[...8 lines deleted...]
-              <w:t>изготовления машиностроительных изделий низкой сложности</w:t>
+              <w:t>ПК-1.3.11. Владеет навыками корректировки технической документации на технологические процессы изготовления машиностроительных изделий низкой сложности</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidRDefault="007A2B47" w:rsidP="007A2B47">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2B47">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПК-1.3.12. Владеет навыками оценки соответствия достигнутого уровня технологичности при изготовлении машиностроительных изделий низкой сложности требованиям технического задания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00693D15" w:rsidRPr="002738F5" w:rsidTr="002738F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14786" w:type="dxa"/>
@@ -13948,51 +14166,51 @@
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00967403"/>
     <w:rsid w:val="00043B41"/>
     <w:rsid w:val="000446EB"/>
     <w:rsid w:val="0004663B"/>
     <w:rsid w:val="000546E1"/>
     <w:rsid w:val="00062B46"/>
     <w:rsid w:val="00063B28"/>
     <w:rsid w:val="0007022C"/>
     <w:rsid w:val="00084D84"/>
     <w:rsid w:val="000860EA"/>
     <w:rsid w:val="000A6468"/>
     <w:rsid w:val="000A6EFF"/>
     <w:rsid w:val="000C740F"/>
     <w:rsid w:val="000D5B8E"/>
     <w:rsid w:val="000F0AEE"/>
     <w:rsid w:val="000F0BAC"/>
@@ -14030,50 +14248,51 @@
     <w:rsid w:val="003C7377"/>
     <w:rsid w:val="003F2BCD"/>
     <w:rsid w:val="00400FC5"/>
     <w:rsid w:val="0044312E"/>
     <w:rsid w:val="00452DA7"/>
     <w:rsid w:val="004843C2"/>
     <w:rsid w:val="004A5166"/>
     <w:rsid w:val="004C5FFB"/>
     <w:rsid w:val="004D16DE"/>
     <w:rsid w:val="0050565B"/>
     <w:rsid w:val="005318E2"/>
     <w:rsid w:val="00554F53"/>
     <w:rsid w:val="00571BC3"/>
     <w:rsid w:val="00587184"/>
     <w:rsid w:val="005B2AC7"/>
     <w:rsid w:val="005D0F16"/>
     <w:rsid w:val="005F1DCC"/>
     <w:rsid w:val="00605E52"/>
     <w:rsid w:val="00651943"/>
     <w:rsid w:val="00666825"/>
     <w:rsid w:val="00693D15"/>
     <w:rsid w:val="006B2636"/>
     <w:rsid w:val="006F5A40"/>
     <w:rsid w:val="0072002A"/>
     <w:rsid w:val="00737649"/>
+    <w:rsid w:val="00754AEE"/>
     <w:rsid w:val="00766E2E"/>
     <w:rsid w:val="007740D9"/>
     <w:rsid w:val="0078361B"/>
     <w:rsid w:val="007A2B47"/>
     <w:rsid w:val="007A70DD"/>
     <w:rsid w:val="007C6FFB"/>
     <w:rsid w:val="0080607C"/>
     <w:rsid w:val="008926F2"/>
     <w:rsid w:val="008A4BD3"/>
     <w:rsid w:val="00902D91"/>
     <w:rsid w:val="0091268E"/>
     <w:rsid w:val="009310CD"/>
     <w:rsid w:val="009569ED"/>
     <w:rsid w:val="00960E19"/>
     <w:rsid w:val="00967403"/>
     <w:rsid w:val="00970BB4"/>
     <w:rsid w:val="00982065"/>
     <w:rsid w:val="00983995"/>
     <w:rsid w:val="009B456A"/>
     <w:rsid w:val="009D5120"/>
     <w:rsid w:val="009F015A"/>
     <w:rsid w:val="009F343F"/>
     <w:rsid w:val="00A07CAE"/>
     <w:rsid w:val="00A42678"/>
     <w:rsid w:val="00A46FEE"/>
@@ -14131,51 +14350,51 @@
     <w:rsid w:val="00FA19E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6B7C5641"/>
+  <w14:docId w14:val="76BFBCFC"/>
   <w15:docId w15:val="{83E30279-3C08-4CAD-8D02-E0286D1901A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15389,81 +15608,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0C0D312-41FC-4874-A8CB-2921D4AF697F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D031724-DB1E-4948-9258-646E809D8A50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>5601</Words>
-  <Characters>31927</Characters>
+  <Words>5711</Words>
+  <Characters>32557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>266</Lines>
-  <Paragraphs>74</Paragraphs>
+  <Lines>271</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37454</CharactersWithSpaces>
+  <CharactersWithSpaces>38192</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>123</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>