--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -227,51 +227,50 @@
           <w:p w14:paraId="69568E64" w14:textId="77777777" w:rsidR="00391E4B" w:rsidRPr="00E521C5" w:rsidRDefault="00391E4B" w:rsidP="00FE7634">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38A19288" w14:textId="77777777" w:rsidR="00391E4B" w:rsidRPr="00F3548E" w:rsidRDefault="00391E4B" w:rsidP="00FE7634">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Индикаторы ОПОП: Знает (1) Умеет (2) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="297F3D14" w14:textId="77777777" w:rsidR="00391E4B" w:rsidRPr="00F3548E" w:rsidRDefault="00391E4B" w:rsidP="00FE7634">
@@ -284,51 +283,50 @@
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Опыт детальности (Владеет/имеет навыки) (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="115701A9" w14:textId="77777777" w:rsidR="00391E4B" w:rsidRPr="00F3548E" w:rsidRDefault="00391E4B" w:rsidP="00FE7634">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1300,62 +1298,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BC145F6" w14:textId="6D6F244D" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00FE7634">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Гидравлика и </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Гидравлика и гидро-пневмопривод</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20A5DF70" w14:textId="77777777" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00E351CB">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="038444C0" w14:textId="77777777" w:rsidTr="00FE2DBE">
         <w:trPr>
@@ -1990,62 +1978,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34A5D495" w14:textId="25E9695B" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="00586CEE">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Гидравлика и </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Гидравлика и гидро-пневмопривод</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58D93A0F" w14:textId="77777777" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="00586CEE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="550BC831" w14:textId="77777777" w:rsidTr="0009612E">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
@@ -2269,235 +2247,231 @@
               <w:t>Математическое моделирование в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6826D294" w14:textId="77777777" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="000342B2">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="7C0D6F95" w14:textId="77777777" w:rsidTr="0009612E">
+      <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="7C0D6F95" w14:textId="77777777" w:rsidTr="00653425">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="400BD658" w14:textId="77777777" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="002639A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Опыт деятельности (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="614BFB06" w14:textId="63AE8EC8" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="614BFB06" w14:textId="63AE8EC8" w:rsidR="0009612E" w:rsidRPr="00653425" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>ОПК-1.3.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00124F74" w14:textId="786A5DC8" w:rsidR="007719E7" w:rsidRPr="00F3548E" w:rsidRDefault="007719E7" w:rsidP="00030469">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>ОПК-1.3.1</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="00124F74" w14:textId="53888296" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="00030469">
+              <w:t>Способен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> применять естественнонаучные и общеинженерные знания, методы математического анализа и моделирования в профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597ED2E1" w14:textId="36901499" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
-[...47 lines deleted...]
-          <w:p w14:paraId="597ED2E1" w14:textId="36901499" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Сопротивление материалов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="716CF55A" w14:textId="4BEAE0B0" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="009616DA">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
-[...26 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="00AF44C9" w14:textId="77777777" w:rsidTr="00902879">
+      <w:tr w:rsidR="0009612E" w:rsidRPr="00F3548E" w14:paraId="00AF44C9" w14:textId="77777777" w:rsidTr="00653425">
         <w:trPr>
           <w:trHeight w:val="790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="40943AE8" w14:textId="77777777" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="002639A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11A4B631" w14:textId="77777777" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76EE3C75" w14:textId="619C3211" w:rsidR="0009612E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="008F3A2E">
@@ -2914,86 +2888,87 @@
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64721F85" w14:textId="503FFC3D" w:rsidR="000B297C" w:rsidRPr="00F3548E" w:rsidRDefault="000B297C" w:rsidP="000B297C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>ОПК-2.3.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ACED7C6" w14:textId="03F94F5D" w:rsidR="000B297C" w:rsidRPr="00F3548E" w:rsidRDefault="000B297C" w:rsidP="000B297C">
+          <w:p w14:paraId="0ACED7C6" w14:textId="70E96CE3" w:rsidR="007719E7" w:rsidRPr="00F3548E" w:rsidRDefault="007719E7" w:rsidP="000B297C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="3"/>
                 <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="3"/>
-                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F3548E">
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>Способен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="3"/>
-                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> получения, хранения, переработки информации при решении задач профессиональной деятельности</w:t>
+                <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> применять основные методы, способы и средства получения, хранения, переработки информации при решении задач профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C38875F" w14:textId="44E9BFCC" w:rsidR="000B297C" w:rsidRPr="00F3548E" w:rsidRDefault="000B297C" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Информационные технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3968,51 +3943,50 @@
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Имеет навыки</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> профессиональной деятельности с учетом экономических ограничений на всех этапах жизненного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60BB041B" w14:textId="55823C7E" w:rsidR="008F3A1A" w:rsidRPr="00F3548E" w:rsidRDefault="008F3A1A" w:rsidP="008F3A1A">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Экономика отрасли</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
@@ -4132,51 +4106,50 @@
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Имеет навыки</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> профессиональной деятельности с учетом экологических ограничений на всех этапах жизненного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C09C826" w14:textId="4D068507" w:rsidR="008F3A1A" w:rsidRPr="00F3548E" w:rsidRDefault="008F3A1A" w:rsidP="008F3A1A">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Экология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
@@ -4286,51 +4259,50 @@
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Имеет навыки</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> профессиональной деятельности с учетом социальных ограничений на всех этапах жизненного уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B2EDB2C" w14:textId="22D1AE9E" w:rsidR="008F3A1A" w:rsidRPr="00F3548E" w:rsidRDefault="000F1678" w:rsidP="008F3A1A">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Кадровое обеспечение в транспортном машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
@@ -4774,80 +4746,110 @@
           </w:tcPr>
           <w:p w14:paraId="6D74CBE7" w14:textId="77777777" w:rsidR="00030469" w:rsidRPr="00F3548E" w:rsidRDefault="00030469" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-4.3.1. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34BF52A2" w14:textId="43CEAD21" w:rsidR="00030469" w:rsidRPr="00F3548E" w:rsidRDefault="00030469" w:rsidP="00030469">
+          <w:p w14:paraId="34BF52A2" w14:textId="279AE7E3" w:rsidR="00030469" w:rsidRPr="00F3548E" w:rsidRDefault="00030469" w:rsidP="00653425">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:b/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> принципами работы современных информационных технологий и использовать их для решения задач профессиональной деятельности</w:t>
+              <w:t xml:space="preserve"> принципами работы современных информационных технологий и </w:t>
+            </w:r>
+            <w:r w:rsidR="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">может </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>использовать их для решения задач профессиональной деятельности</w:t>
+            </w:r>
+            <w:r w:rsidR="007719E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI"/>
+                <w:kern w:val="3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD1D21E" w14:textId="69394111" w:rsidR="00030469" w:rsidRPr="00F3548E" w:rsidRDefault="00030469" w:rsidP="00030469">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
@@ -4987,51 +4989,51 @@
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>ОПК-5.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12026F13" w14:textId="501FAC1B" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00030469">
+          <w:p w14:paraId="12026F13" w14:textId="7680620C" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00030469">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="3"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает </w:t>
             </w:r>
             <w:r w:rsidR="00030469" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="3"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>нормативно-техническую документацию, связанную с профессиональной деятельностью, с учетом стандартов, норм и правил</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5468,74 +5470,162 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19D5F74D" w14:textId="77777777" w:rsidR="007A37A2" w:rsidRPr="00F3548E" w:rsidRDefault="007A37A2" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ОПК-6.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="407D11B3" w14:textId="7889EF76" w:rsidR="007A37A2" w:rsidRPr="00F3548E" w:rsidRDefault="007A37A2" w:rsidP="007A37A2">
+          <w:p w14:paraId="407D11B3" w14:textId="0A6DBC35" w:rsidR="007A37A2" w:rsidRPr="00F3548E" w:rsidRDefault="007A37A2" w:rsidP="00987ED2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> информационную и библиографическую культуру</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">способы решения </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>стандартны</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>х</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> задач профессиональной деятельности</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на основе</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>информационн</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и библиографическ</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ой культуры </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>с применением информационно-коммуникационных технологий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191CD9DE" w14:textId="45E5B019" w:rsidR="007A37A2" w:rsidRPr="00F3548E" w:rsidRDefault="007A37A2" w:rsidP="008F3A2E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -5914,69 +6004,51 @@
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ОПК-7</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F6D9BDF" w14:textId="61F200E2" w:rsidR="003A634B" w:rsidRPr="00F3548E" w:rsidRDefault="003A634B" w:rsidP="00960C9A">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Способен применять современные </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> и безопасные методы рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
+              <w:t>Способен применять современные экологичные и безопасные методы рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
             </w:r>
             <w:r w:rsidR="00F753C2" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005027D4" w:rsidRPr="00F3548E" w14:paraId="2445974F" w14:textId="77777777" w:rsidTr="00105E49">
         <w:trPr>
           <w:trHeight w:val="1110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E7A9944" w14:textId="3C80170F" w:rsidR="005027D4" w:rsidRPr="00F3548E" w:rsidRDefault="005027D4" w:rsidP="000F462E">
@@ -6089,76 +6161,63 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>современны</w:t>
             </w:r>
             <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>х</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F3548E">
+              <w:t xml:space="preserve"> экологичны</w:t>
+            </w:r>
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>экологичны</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>х</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> и безопасны</w:t>
             </w:r>
             <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>х</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -6405,75 +6464,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Умеет </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">применять современные </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> и безопасные методы рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
+              <w:t>применять современные экологичные и безопасные методы рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139B7D24" w14:textId="60BD2478" w:rsidR="005027D4" w:rsidRPr="00F3548E" w:rsidRDefault="005027D4" w:rsidP="000F462E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6655,73 +6690,60 @@
           </w:p>
           <w:p w14:paraId="3E3396E6" w14:textId="7CF4A1A5" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00960C9A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Имеет навыки </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00960C9A" w:rsidRPr="0048413D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>экологичного</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> и безопасного</w:t>
+              <w:t>экологичного и безопасного</w:t>
             </w:r>
             <w:r w:rsidR="00303E07" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>рационального использования сырьевых и энергетических ресурсов в машиностроении</w:t>
             </w:r>
           </w:p>
@@ -7022,151 +7044,164 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Знания (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62AF0CCC" w14:textId="137DFB89" w:rsidR="000F462E" w:rsidRPr="00F3548E" w:rsidRDefault="000F462E" w:rsidP="000F462E">
+          <w:p w14:paraId="62AF0CCC" w14:textId="137DFB89" w:rsidR="000F462E" w:rsidRPr="00987ED2" w:rsidRDefault="000F462E" w:rsidP="000F462E">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C2F668C" w14:textId="369D1156" w:rsidR="000F462E" w:rsidRPr="00F3548E" w:rsidRDefault="000F462E" w:rsidP="00960C9A">
+          <w:p w14:paraId="4C2F668C" w14:textId="2F98C69B" w:rsidR="000F462E" w:rsidRPr="00987ED2" w:rsidRDefault="000F462E" w:rsidP="00987ED2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает </w:t>
             </w:r>
-            <w:r w:rsidR="00665EBD" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00665EBD" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">основные внешние и внутренние факторы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
+              <w:t xml:space="preserve">внешние и внутренние факторы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>вызывающие затраты на обеспечение</w:t>
             </w:r>
-            <w:r w:rsidR="00665EBD" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00665EBD" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> деятельност</w:t>
             </w:r>
-            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
-            <w:r w:rsidR="00665EBD" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00665EBD" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> производственных подразделений в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="517DF7D4" w14:textId="7132DBA4" w:rsidR="000F462E" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="000F462E">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7209,120 +7244,126 @@
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37114260" w14:textId="2285F48B" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Умения (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545F5D56" w14:textId="77777777" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
+          <w:p w14:paraId="545F5D56" w14:textId="77777777" w:rsidR="00665EBD" w:rsidRPr="00987ED2" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-8.2.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C2C252F" w14:textId="5D8B625A" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00960C9A">
+          <w:p w14:paraId="2C2C252F" w14:textId="1E7C7C94" w:rsidR="00665EBD" w:rsidRPr="00987ED2" w:rsidRDefault="00665EBD" w:rsidP="00987ED2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">осуществлять технико-экономический анализ затрат на обеспечение деятельности производственных подразделений в </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
+              <w:t xml:space="preserve">осуществлять анализ затрат на обеспечение деятельности производственных подразделений в </w:t>
+            </w:r>
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349B3A6A" w14:textId="56AF68A1" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7366,106 +7407,111 @@
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7114C076" w14:textId="08033C03" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Опыт деятельности (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="572F4FA5" w14:textId="77777777" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
+          <w:p w14:paraId="572F4FA5" w14:textId="77777777" w:rsidR="00665EBD" w:rsidRPr="00987ED2" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">ОПК-8.3.1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44287297" w14:textId="1B16B4BB" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00960C9A">
+          <w:p w14:paraId="44287297" w14:textId="1B16B4BB" w:rsidR="00665EBD" w:rsidRPr="00987ED2" w:rsidRDefault="00665EBD" w:rsidP="00960C9A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> методами </w:t>
             </w:r>
-            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00987ED2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>проведения анализа затрат на обеспечение деятельности производственных подразделений в машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC0F148" w14:textId="219DB91E" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="0009612E" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -7811,108 +7857,101 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F4CE90" w14:textId="3031F0EA" w:rsidR="00FA329D" w:rsidRPr="00F3548E" w:rsidRDefault="00FA329D" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Металлорежущие станки и технологические комплексы в </w:t>
-[...7 lines deleted...]
-              <w:t>современном транспортном машиностроении</w:t>
+              <w:t>Металлорежущие станки и технологические комплексы в современном транспортном машиностроении</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4EA5419A" w14:textId="77777777" w:rsidR="00FA329D" w:rsidRPr="00F3548E" w:rsidRDefault="00FA329D" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00026D3B" w:rsidRPr="00F3548E" w14:paraId="2ACE13FB" w14:textId="77777777" w:rsidTr="00161330">
         <w:trPr>
           <w:trHeight w:val="1040"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="18CB448B" w14:textId="1CBAC59C" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00FA329D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Опыт деятельности (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="054AEFDD" w14:textId="75816A39" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
@@ -7924,93 +7963,104 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">.3.1 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49114F61" w14:textId="3DA86DB4" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00960C9A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Владеет </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">методами эксплуатации, наладки и настройки </w:t>
             </w:r>
-            <w:r w:rsidR="00960C9A" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00960C9A" w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">нового </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F3548E">
+            <w:r w:rsidRPr="00653425">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">технологического оборудования </w:t>
+              <w:t>технологического оборудования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="381F0FA2" w14:textId="369EB236" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -8245,85 +8295,85 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B6D0471" w14:textId="14C0E195" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00960C9A">
+          <w:p w14:paraId="5B6D0471" w14:textId="571E7616" w:rsidR="007719E7" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00987ED2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает </w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">требования правил и инструкций </w:t>
+              <w:t xml:space="preserve">требования </w:t>
             </w:r>
             <w:r w:rsidR="00960C9A" w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>производственной</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> и экологической</w:t>
             </w:r>
@@ -8464,171 +8514,57 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="61CAACEA" w14:textId="32BFC575" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00E90B06">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00433A72">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Умеет </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00433A72">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>контролировать</w:t>
-[...113 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>контролировать и обеспечивать производственную и экологическую безопасность на рабочих местах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37587A67" w14:textId="434F85B7" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8710,82 +8646,112 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">.3.1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70A6CEA7" w14:textId="501189A0" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00E90B06">
+          <w:p w14:paraId="70A6CEA7" w14:textId="6C1FDBC1" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00653425">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Владеет </w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>навыками контроля производственной и экологической безопасности на рабочих местах</w:t>
+              <w:t xml:space="preserve">навыками контроля </w:t>
+            </w:r>
+            <w:r w:rsidR="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и обеспечения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001142C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>производственной и экологической безопасности на рабочих местах</w:t>
+            </w:r>
+            <w:r w:rsidR="007719E7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A52DD65" w14:textId="0F9C5F96" w:rsidR="00E90B06" w:rsidRPr="00F3548E" w:rsidRDefault="00E90B06" w:rsidP="00FA329D">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -8917,95 +8883,128 @@
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="302BC69A" w14:textId="2DFDD4D7" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00D517EA">
+          <w:p w14:paraId="302BC69A" w14:textId="7EC57D7D" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00653425">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>методы контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
             </w:r>
-            <w:r w:rsidR="00723325" w:rsidRPr="00F3548E">
+            <w:r w:rsidR="00987ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">, причины </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>нарушений технологических процессов в машиностроении</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>мероприятия по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6ECE3A" w14:textId="5C4FAA9E" w:rsidR="00586CEE" w:rsidRPr="00F3548E" w:rsidRDefault="00586CEE" w:rsidP="00DF3B48">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9215,51 +9214,50 @@
       </w:tr>
       <w:tr w:rsidR="00D517EA" w:rsidRPr="00F3548E" w14:paraId="64BBE4C6" w14:textId="77777777" w:rsidTr="00586CEE">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1341BF16" w14:textId="2555C6B3" w:rsidR="00D517EA" w:rsidRPr="00F3548E" w:rsidRDefault="00D517EA" w:rsidP="00DF3B48">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Умения (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08B56F2C" w14:textId="22CD59D0" w:rsidR="00D517EA" w:rsidRPr="00F3548E" w:rsidRDefault="00D517EA" w:rsidP="00DF3B48">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
@@ -9298,78 +9296,91 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Умеет </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>применять методы контроля качества изделий и объектов в сфере профессиональной деятельности, проводить анализ причин нарушений технологических процессов в машиностроении и разрабатывать мероприятия по их предупреждению</w:t>
+              <w:t xml:space="preserve">применять методы контроля качества изделий и объектов в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F3548E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сфере профессиональной деятельности, проводить анализ причин нарушений технологических процессов в машиностроении и разрабатывать мероприятия по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793C6955" w14:textId="7DD693C4" w:rsidR="00D517EA" w:rsidRPr="00F3548E" w:rsidRDefault="00D517EA" w:rsidP="00DF3B48">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Методы и средства технической диагностики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3573" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DA1D6D8" w14:textId="77777777" w:rsidR="00D517EA" w:rsidRPr="00F3548E" w:rsidRDefault="00D517EA" w:rsidP="00DF3B48">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -9592,83 +9603,179 @@
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">.3.1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5800418E" w14:textId="13079DFF" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00DF3B48">
+          <w:p w14:paraId="5800418E" w14:textId="7F4E87D6" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="00987ED2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Владеет </w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>методами контроля качества изделий и объектов в сфере профессиональной деятельности</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="007719E7" w:rsidRPr="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>анализ</w:t>
+            </w:r>
+            <w:r w:rsidR="00653425" w:rsidRPr="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="007719E7" w:rsidRPr="00653425">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> причин нарушений технологиче</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ских процессов в машиностроении и разработки </w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>мероприяти</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2" w:rsidRPr="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по их предупреждению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CDFD954" w14:textId="26597E28" w:rsidR="00026D3B" w:rsidRPr="00F3548E" w:rsidRDefault="00026D3B" w:rsidP="006A1584">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -10066,96 +10173,123 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-1</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>.1.1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40770C0A" w14:textId="41BFAD85" w:rsidR="00CE74CA" w:rsidRPr="0001142C" w:rsidRDefault="00CE74CA" w:rsidP="00D517EA">
+          <w:p w14:paraId="34E24B21" w14:textId="72599863" w:rsidR="00CE74CA" w:rsidRDefault="00CE74CA" w:rsidP="00D517EA">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:contextualSpacing/>
-              <w:rPr>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>методы обеспечения технологичности изделий и процессов их изготовления</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D517EA" w:rsidRPr="0001142C">
+            </w:pPr>
+            <w:r w:rsidRPr="0001142C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Знает </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0001142C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> и технологическую дисциплину при изготовлении изделий машиностроения</w:t>
-            </w:r>
+              <w:t>методы обеспечения технологичности изделий и процессов их изготовления</w:t>
+            </w:r>
+            <w:r w:rsidR="00987ED2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>, а также</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="00D517EA" w:rsidRPr="0001142C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> технологическую дисциплину при изготовлении изделий машиностроения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40770C0A" w14:textId="6BD7FEDB" w:rsidR="007719E7" w:rsidRPr="0001142C" w:rsidRDefault="007719E7" w:rsidP="00653425">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3215B1F4" w14:textId="01D74645" w:rsidR="00CE74CA" w:rsidRPr="00F3548E" w:rsidRDefault="00CE74CA" w:rsidP="00CE74CA">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -12776,51 +12910,50 @@
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Опыт деятельности (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6492" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="188EAF4A" w14:textId="46CC408C" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ОПК-</w:t>
             </w:r>
             <w:r w:rsidR="00394561">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>14.3.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FB17E5C" w14:textId="5E9765BD" w:rsidR="00665EBD" w:rsidRPr="00F3548E" w:rsidRDefault="00665EBD" w:rsidP="00D517EA">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
@@ -12842,51 +12975,50 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Имеет навыки</w:t>
             </w:r>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> по использованию </w:t>
             </w:r>
             <w:r w:rsidR="00D517EA" w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>алгоритмов и компьютерных программ, пригодных для практического применения</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7749400C" w14:textId="670E47C8" w:rsidR="00665EBD" w:rsidRPr="0039288F" w:rsidRDefault="00665EBD" w:rsidP="00665EBD">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3548E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -12919,61 +13051,61 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00941D70" w:rsidRPr="00F44E96" w:rsidSect="00632EC6">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A540280" w14:textId="77777777" w:rsidR="009F4582" w:rsidRDefault="009F4582">
+    <w:p w14:paraId="00250A33" w14:textId="77777777" w:rsidR="00FB21B7" w:rsidRDefault="00FB21B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E5DB15B" w14:textId="77777777" w:rsidR="009F4582" w:rsidRDefault="009F4582">
+    <w:p w14:paraId="60EC7610" w14:textId="77777777" w:rsidR="00FB21B7" w:rsidRDefault="00FB21B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -12998,197 +13130,197 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="19886157"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="3FF8373B" w14:textId="4FAA3C2D" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
+      <w:p w14:paraId="3FF8373B" w14:textId="7FCD6BE8" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00AD2209">
+        <w:r w:rsidR="00A85742">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="306BB963" w14:textId="77777777" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="20EAE0B4" w14:textId="6EED4E21" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
+  <w:p w14:paraId="20EAE0B4" w14:textId="0D3B9047" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0001142C">
+    <w:r w:rsidR="00987ED2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6DBB1C73" w14:textId="77777777" w:rsidR="00586CEE" w:rsidRDefault="00586CEE">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5130DB82" w14:textId="77777777" w:rsidR="009F4582" w:rsidRDefault="009F4582">
+    <w:p w14:paraId="14048A04" w14:textId="77777777" w:rsidR="00FB21B7" w:rsidRDefault="00FB21B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79EFC0E7" w14:textId="77777777" w:rsidR="009F4582" w:rsidRDefault="009F4582">
+    <w:p w14:paraId="70D92575" w14:textId="77777777" w:rsidR="00FB21B7" w:rsidRDefault="00FB21B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00941D70"/>
     <w:rsid w:val="00004942"/>
     <w:rsid w:val="0001142C"/>
     <w:rsid w:val="000144A3"/>
     <w:rsid w:val="00026D3B"/>
     <w:rsid w:val="00030469"/>
     <w:rsid w:val="000342B2"/>
     <w:rsid w:val="00040BF4"/>
     <w:rsid w:val="00043628"/>
     <w:rsid w:val="00044370"/>
     <w:rsid w:val="000525B2"/>
     <w:rsid w:val="00061F99"/>
     <w:rsid w:val="000649A9"/>
     <w:rsid w:val="00075B3A"/>
     <w:rsid w:val="0009385A"/>
     <w:rsid w:val="0009612E"/>
     <w:rsid w:val="000A0046"/>
     <w:rsid w:val="000A11B4"/>
     <w:rsid w:val="000B0D2A"/>
     <w:rsid w:val="000B297C"/>
     <w:rsid w:val="000C21E6"/>
     <w:rsid w:val="000C64ED"/>
     <w:rsid w:val="000D18E8"/>
     <w:rsid w:val="000E7F47"/>
     <w:rsid w:val="000F1678"/>
     <w:rsid w:val="000F462E"/>
     <w:rsid w:val="000F578B"/>
     <w:rsid w:val="000F7820"/>
     <w:rsid w:val="00104979"/>
+    <w:rsid w:val="00106348"/>
     <w:rsid w:val="00111AFC"/>
     <w:rsid w:val="001139D1"/>
     <w:rsid w:val="00114D87"/>
     <w:rsid w:val="0011715D"/>
     <w:rsid w:val="001244F2"/>
     <w:rsid w:val="00124E3D"/>
     <w:rsid w:val="00135786"/>
     <w:rsid w:val="00143DBC"/>
     <w:rsid w:val="00152CC7"/>
     <w:rsid w:val="00160A5B"/>
     <w:rsid w:val="00165E32"/>
     <w:rsid w:val="001830CE"/>
     <w:rsid w:val="00195B76"/>
     <w:rsid w:val="001A0559"/>
     <w:rsid w:val="001A4061"/>
     <w:rsid w:val="001B7330"/>
     <w:rsid w:val="001C0E24"/>
     <w:rsid w:val="001E07C5"/>
     <w:rsid w:val="001F0225"/>
     <w:rsid w:val="001F0260"/>
     <w:rsid w:val="001F2817"/>
     <w:rsid w:val="001F721B"/>
     <w:rsid w:val="0021148C"/>
     <w:rsid w:val="00224C85"/>
     <w:rsid w:val="00224DC1"/>
@@ -13300,85 +13432,88 @@
     <w:rsid w:val="005841C3"/>
     <w:rsid w:val="00586CEE"/>
     <w:rsid w:val="00590E0E"/>
     <w:rsid w:val="00592419"/>
     <w:rsid w:val="00593C8D"/>
     <w:rsid w:val="00595043"/>
     <w:rsid w:val="005A1F50"/>
     <w:rsid w:val="005B1246"/>
     <w:rsid w:val="005B1975"/>
     <w:rsid w:val="005C1FB1"/>
     <w:rsid w:val="005C35E4"/>
     <w:rsid w:val="005C4C49"/>
     <w:rsid w:val="005D00D5"/>
     <w:rsid w:val="005E5E4E"/>
     <w:rsid w:val="005E72F2"/>
     <w:rsid w:val="005F0287"/>
     <w:rsid w:val="005F6275"/>
     <w:rsid w:val="0060414E"/>
     <w:rsid w:val="006130E3"/>
     <w:rsid w:val="00627AA6"/>
     <w:rsid w:val="0063167A"/>
     <w:rsid w:val="00631C2C"/>
     <w:rsid w:val="00632DE4"/>
     <w:rsid w:val="00632EC6"/>
     <w:rsid w:val="00641303"/>
+    <w:rsid w:val="00653425"/>
     <w:rsid w:val="00665EBD"/>
     <w:rsid w:val="006739CE"/>
     <w:rsid w:val="00682232"/>
     <w:rsid w:val="00684ADC"/>
     <w:rsid w:val="00687C73"/>
     <w:rsid w:val="00693702"/>
     <w:rsid w:val="00695841"/>
     <w:rsid w:val="006A1584"/>
     <w:rsid w:val="006A2ACE"/>
+    <w:rsid w:val="006D5B73"/>
     <w:rsid w:val="006D5DA5"/>
     <w:rsid w:val="006E2C77"/>
     <w:rsid w:val="006E6C59"/>
     <w:rsid w:val="006F4E0B"/>
     <w:rsid w:val="00701D54"/>
     <w:rsid w:val="00701ED2"/>
     <w:rsid w:val="00714844"/>
     <w:rsid w:val="00714FD2"/>
     <w:rsid w:val="00716FC3"/>
     <w:rsid w:val="00717D98"/>
     <w:rsid w:val="00723325"/>
     <w:rsid w:val="00732F8B"/>
     <w:rsid w:val="00734E85"/>
     <w:rsid w:val="00740E29"/>
     <w:rsid w:val="007422C7"/>
     <w:rsid w:val="007442E0"/>
     <w:rsid w:val="00744F59"/>
     <w:rsid w:val="007450BF"/>
     <w:rsid w:val="00750C35"/>
     <w:rsid w:val="00751833"/>
     <w:rsid w:val="00751F2B"/>
     <w:rsid w:val="007522CE"/>
     <w:rsid w:val="00755E5E"/>
     <w:rsid w:val="0075628A"/>
     <w:rsid w:val="007575E9"/>
     <w:rsid w:val="0077019F"/>
+    <w:rsid w:val="007719E7"/>
     <w:rsid w:val="00773244"/>
     <w:rsid w:val="00781208"/>
     <w:rsid w:val="00783BF7"/>
     <w:rsid w:val="00787EA8"/>
     <w:rsid w:val="007945AD"/>
     <w:rsid w:val="007A1AB8"/>
     <w:rsid w:val="007A2E67"/>
     <w:rsid w:val="007A37A2"/>
     <w:rsid w:val="007B0D52"/>
     <w:rsid w:val="007D31A5"/>
     <w:rsid w:val="007E49B2"/>
     <w:rsid w:val="007F047C"/>
     <w:rsid w:val="007F1848"/>
     <w:rsid w:val="007F1B5B"/>
     <w:rsid w:val="008125BB"/>
     <w:rsid w:val="00814FCC"/>
     <w:rsid w:val="00832324"/>
     <w:rsid w:val="00844FA4"/>
     <w:rsid w:val="0084704C"/>
     <w:rsid w:val="00847EA3"/>
     <w:rsid w:val="00857531"/>
     <w:rsid w:val="008622D4"/>
     <w:rsid w:val="008651E0"/>
     <w:rsid w:val="008742B1"/>
     <w:rsid w:val="008754B7"/>
@@ -13388,76 +13523,78 @@
     <w:rsid w:val="008B1E9B"/>
     <w:rsid w:val="008B7F6F"/>
     <w:rsid w:val="008C2DA7"/>
     <w:rsid w:val="008C354E"/>
     <w:rsid w:val="008E1F0F"/>
     <w:rsid w:val="008E2994"/>
     <w:rsid w:val="008E5A37"/>
     <w:rsid w:val="008F26D8"/>
     <w:rsid w:val="008F3A1A"/>
     <w:rsid w:val="008F3A2E"/>
     <w:rsid w:val="008F538F"/>
     <w:rsid w:val="008F5705"/>
     <w:rsid w:val="008F72EC"/>
     <w:rsid w:val="00905C3D"/>
     <w:rsid w:val="0090684E"/>
     <w:rsid w:val="009123F6"/>
     <w:rsid w:val="0091796D"/>
     <w:rsid w:val="0092192C"/>
     <w:rsid w:val="00923F49"/>
     <w:rsid w:val="00941D70"/>
     <w:rsid w:val="00944099"/>
     <w:rsid w:val="0094675B"/>
     <w:rsid w:val="00960C9A"/>
     <w:rsid w:val="009616DA"/>
     <w:rsid w:val="00964FEA"/>
+    <w:rsid w:val="00987ED2"/>
     <w:rsid w:val="00991433"/>
     <w:rsid w:val="00994215"/>
     <w:rsid w:val="00995201"/>
     <w:rsid w:val="009A7FA4"/>
     <w:rsid w:val="009B1F26"/>
     <w:rsid w:val="009C1FDC"/>
     <w:rsid w:val="009C3DD8"/>
     <w:rsid w:val="009C4086"/>
     <w:rsid w:val="009C4C36"/>
     <w:rsid w:val="009C6674"/>
     <w:rsid w:val="009F4582"/>
     <w:rsid w:val="009F48B4"/>
     <w:rsid w:val="009F4D9A"/>
     <w:rsid w:val="00A006FE"/>
     <w:rsid w:val="00A04B28"/>
     <w:rsid w:val="00A17784"/>
     <w:rsid w:val="00A246FB"/>
     <w:rsid w:val="00A42938"/>
     <w:rsid w:val="00A4762A"/>
     <w:rsid w:val="00A5303E"/>
     <w:rsid w:val="00A60FE9"/>
     <w:rsid w:val="00A61606"/>
     <w:rsid w:val="00A61B6B"/>
     <w:rsid w:val="00A65AF3"/>
     <w:rsid w:val="00A75657"/>
     <w:rsid w:val="00A82C02"/>
+    <w:rsid w:val="00A85742"/>
     <w:rsid w:val="00A97FF3"/>
     <w:rsid w:val="00AA2524"/>
     <w:rsid w:val="00AA283A"/>
     <w:rsid w:val="00AA58F6"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AB2C55"/>
     <w:rsid w:val="00AB4A23"/>
     <w:rsid w:val="00AB7AC0"/>
     <w:rsid w:val="00AC2862"/>
     <w:rsid w:val="00AD1899"/>
     <w:rsid w:val="00AD2209"/>
     <w:rsid w:val="00AD226A"/>
     <w:rsid w:val="00AD52C2"/>
     <w:rsid w:val="00AE0C8D"/>
     <w:rsid w:val="00AF2AD7"/>
     <w:rsid w:val="00B31184"/>
     <w:rsid w:val="00B536C8"/>
     <w:rsid w:val="00B5454B"/>
     <w:rsid w:val="00B54ECD"/>
     <w:rsid w:val="00B6663C"/>
     <w:rsid w:val="00B75F2B"/>
     <w:rsid w:val="00B83B1C"/>
     <w:rsid w:val="00B848BC"/>
     <w:rsid w:val="00BB302E"/>
     <w:rsid w:val="00BB5F8B"/>
@@ -13501,76 +13638,78 @@
     <w:rsid w:val="00D501E8"/>
     <w:rsid w:val="00D517EA"/>
     <w:rsid w:val="00D568F3"/>
     <w:rsid w:val="00D57F56"/>
     <w:rsid w:val="00D62FE8"/>
     <w:rsid w:val="00D64F46"/>
     <w:rsid w:val="00D666AB"/>
     <w:rsid w:val="00D717CF"/>
     <w:rsid w:val="00D93074"/>
     <w:rsid w:val="00D95629"/>
     <w:rsid w:val="00DB43C0"/>
     <w:rsid w:val="00DC139A"/>
     <w:rsid w:val="00DC3EB8"/>
     <w:rsid w:val="00DD62AD"/>
     <w:rsid w:val="00DF3B48"/>
     <w:rsid w:val="00DF53DE"/>
     <w:rsid w:val="00DF5825"/>
     <w:rsid w:val="00DF6030"/>
     <w:rsid w:val="00DF71E2"/>
     <w:rsid w:val="00E01D2B"/>
     <w:rsid w:val="00E1357F"/>
     <w:rsid w:val="00E351CB"/>
     <w:rsid w:val="00E521C5"/>
     <w:rsid w:val="00E56B90"/>
     <w:rsid w:val="00E64614"/>
+    <w:rsid w:val="00E861C4"/>
     <w:rsid w:val="00E90B06"/>
     <w:rsid w:val="00EA07CE"/>
     <w:rsid w:val="00EA3427"/>
     <w:rsid w:val="00EA7315"/>
     <w:rsid w:val="00EB1B03"/>
     <w:rsid w:val="00EB1B5C"/>
     <w:rsid w:val="00EC6460"/>
     <w:rsid w:val="00EF69EF"/>
     <w:rsid w:val="00F05E61"/>
     <w:rsid w:val="00F208D1"/>
     <w:rsid w:val="00F3548E"/>
     <w:rsid w:val="00F44E96"/>
     <w:rsid w:val="00F453AB"/>
     <w:rsid w:val="00F52F30"/>
     <w:rsid w:val="00F619F3"/>
     <w:rsid w:val="00F62B84"/>
     <w:rsid w:val="00F6368E"/>
     <w:rsid w:val="00F63B77"/>
     <w:rsid w:val="00F74DA9"/>
     <w:rsid w:val="00F753C2"/>
     <w:rsid w:val="00F92361"/>
     <w:rsid w:val="00F937A9"/>
     <w:rsid w:val="00FA2DB8"/>
     <w:rsid w:val="00FA329D"/>
     <w:rsid w:val="00FA79F1"/>
     <w:rsid w:val="00FA7A30"/>
+    <w:rsid w:val="00FB21B7"/>
     <w:rsid w:val="00FB704C"/>
     <w:rsid w:val="00FC2810"/>
     <w:rsid w:val="00FC58FF"/>
     <w:rsid w:val="00FD0CC7"/>
     <w:rsid w:val="00FD251F"/>
     <w:rsid w:val="00FE08AA"/>
     <w:rsid w:val="00FE2DBE"/>
     <w:rsid w:val="00FE7634"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -14700,78 +14839,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746F47F3-D487-4935-B930-EC1ECE7C253F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B848A92-3CD1-4F69-9A54-211141DA68D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1948</Words>
-  <Characters>11110</Characters>
+  <Words>2008</Words>
+  <Characters>11450</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13032</CharactersWithSpaces>
+  <CharactersWithSpaces>13432</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>