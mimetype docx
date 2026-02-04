--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -1,232 +1,291 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EA6ABA" w:rsidRDefault="00EA6ABA" w:rsidP="00EA6ABA">
+    <w:p w:rsidR="00EA6ABA" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
       <w:pPr>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Информация по утверждению ОПОП</w:t>
+        <w:t xml:space="preserve">Информация по </w:t>
+      </w:r>
+      <w:r w:rsidR="003F49F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителям и датам </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>утверждения элементов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по выпускающим кафедрам</w:t>
+        <w:t xml:space="preserve"> ОПОП по выпускающим кафедрам</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="486"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="4584"/>
         <w:gridCol w:w="1938"/>
         <w:gridCol w:w="1322"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidTr="004B07EC">
+      <w:tr w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidTr="00BE2B47">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Кафедра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4584" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Название ОПОП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Руководитель</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ОПОП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="dxa"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRDefault="00EA6ABA" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Даты утверждения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ОПОП</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">элементов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОПОП</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(РП, ОМ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidTr="004B07EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -262,761 +321,770 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC7F61">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>«Транспортный бизнес и логистика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Петр Кириллович Рыбин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7F61">
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidTr="00572817">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>УЭР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Магистральный транспорт» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00BE2B47" w:rsidRDefault="00BE2B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Александр Петрович </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бадецкий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1322" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22.01.2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidTr="00572817">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Пассажирский комплекс железнодорожного транспорта»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00BE2B47" w:rsidRDefault="00BE2B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Александр Петрович </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бадецкий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="00BE2B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidTr="00C35571">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЛКР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«Грузовая и коммерческая работа»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00BE2B47" w:rsidRDefault="00BE2B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Новичихин Алексей Викторович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidTr="00C35571">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4584" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Логистика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (38.03.02 Менеджмент)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1938" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00BE2B47" w:rsidRDefault="00BE2B47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Новичихин Алексей Викторович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE2B47" w:rsidRPr="00AC7F61" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidTr="004B07EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7F61">
-[...123 lines deleted...]
-              <w:t>3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4584" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7F61">
-[...5 lines deleted...]
-              <w:t>«Пассажирский комплекс железнодорожного транспорта»</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Логистика</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC7F61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (38.04.02 Менеджмент)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1938" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00EA6ABA" w:rsidRPr="005C08F9" w:rsidRDefault="00BE2B47" w:rsidP="004B07EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Александр Александрович </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6ABA" w:rsidRPr="005C08F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Воронов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1322" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00EA6ABA" w:rsidRPr="00AC7F61" w:rsidRDefault="00EA6ABA" w:rsidP="004B07EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC7F61">
-[...415 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="006C37C4" w:rsidRDefault="006C37C4"/>
     <w:sectPr w:rsidR="006C37C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA6ABA"/>
     <w:rsid w:val="001D192D"/>
+    <w:rsid w:val="003F49F2"/>
     <w:rsid w:val="006C37C4"/>
+    <w:rsid w:val="00BE2B47"/>
     <w:rsid w:val="00EA6ABA"/>
     <w:rsid w:val="00FE50BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1973,65 +2041,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>78</Words>
-  <Characters>447</Characters>
+  <Words>92</Words>
+  <Characters>527</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>524</CharactersWithSpaces>
+  <CharactersWithSpaces>618</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Романова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>