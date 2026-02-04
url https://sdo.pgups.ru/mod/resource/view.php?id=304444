--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -1,49 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0828B8CE" w14:textId="77777777" w:rsidR="00D71C98" w:rsidRPr="00D30624" w:rsidRDefault="00970AC8" w:rsidP="00D71C98">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Изменение индексов индикаторов УК</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D46746E" w14:textId="77777777" w:rsidR="008A42D3" w:rsidRPr="00D30624" w:rsidRDefault="008A42D3" w:rsidP="008A42D3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -222,101 +221,72 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="525EC2BE" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08C9C697" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00D30624">
-[...3 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="08C9C697" w14:textId="06E1DD69" w:rsidR="000E58A6" w:rsidRPr="000E58A6" w:rsidRDefault="00363ED3" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-1.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Способен осуществлять кр</w:t>
-[...27 lines deleted...]
-              <w:t>аций на основе системного подхода, вырабатывать стратегию действий</w:t>
+              <w:t xml:space="preserve"> Способен осуществлять критический анализ проблемных ситуаций на основе системного подхода, вырабатывать стратегию действий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FD44F72" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -346,69 +316,51 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> основные принципы системного подхода и методы с</w:t>
-[...17 lines deleted...]
-              <w:t>стемного анализа</w:t>
+              <w:t xml:space="preserve"> основные принципы системного подхода и методы системного анализа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3102C57B" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="00A859A6" w:rsidRDefault="00A859A6" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -504,69 +456,51 @@
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> осуществлять систематизацию информации, проводить ее критический анализа и обобщать результаты анализа для реш</w:t>
-[...17 lines deleted...]
-              <w:t>ния поставленной задачи</w:t>
+              <w:t xml:space="preserve"> осуществлять систематизацию информации, проводить ее критический анализа и обобщать результаты анализа для решения поставленной задачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E090EEC" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="00A859A6" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -874,67 +808,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="198AAF54" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="00A859A6" w:rsidRDefault="00E37B7E" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Программирование на языках высокого уро</w:t>
-[...15 lines deleted...]
-              <w:t>ня</w:t>
+              <w:t>Программирование на языках высокого уровня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="427067BC" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="371804E5" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00D30624">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -992,69 +910,51 @@
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> разработкой и обоснованием плана действий по реш</w:t>
-[...17 lines deleted...]
-              <w:t>нию проблемной ситуации</w:t>
+              <w:t xml:space="preserve"> разработкой и обоснованием плана действий по решению проблемной ситуации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B61CFE5" w14:textId="77777777" w:rsidR="00E37B7E" w:rsidRDefault="00E37B7E" w:rsidP="00E37B7E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -1120,65 +1020,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D4862BF" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00D30624">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-2.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Способен управлять прое</w:t>
-[...13 lines deleted...]
-              <w:t>том на всех этапах его жизненного цикла</w:t>
+              <w:t xml:space="preserve"> Способен управлять проектом на всех этапах его жизненного цикла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D013638" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -1352,69 +1238,51 @@
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оценивать эффективность проекта на всех его фазах, ст</w:t>
-[...17 lines deleted...]
-              <w:t>диях и этапах жизненного цикла</w:t>
+              <w:t xml:space="preserve"> оценивать эффективность проекта на всех его фазах, стадиях и этапах жизненного цикла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3BC8CF" w14:textId="77C24BBE" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00D67346" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED2B28">
@@ -1586,65 +1454,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C6837AF" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00D30624">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-3.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Способен организовывать и руководить работой команды, в</w:t>
-[...13 lines deleted...]
-              <w:t>рабатывая командную стратегию для достижения поставленной цели</w:t>
+              <w:t xml:space="preserve"> Способен организовывать и руководить работой команды, вырабатывая командную стратегию для достижения поставленной цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652CF65C" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1702,72 +1556,72 @@
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>методики формирования команд и методы эффективного руководства коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8A6922" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="005E0385" w:rsidP="000E78E3">
+          <w:p w14:paraId="5C8A6922" w14:textId="334570C6" w:rsidR="00363ED3" w:rsidRDefault="000E58A6" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Психология</w:t>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A45933" w14:textId="1EE28B34" w:rsidR="009862B1" w:rsidRPr="005E0385" w:rsidRDefault="009862B1" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Теоретические основы управления</w:t>
             </w:r>
@@ -1849,99 +1703,85 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>разрабатывать командную стратегию для достижения п</w:t>
-[...13 lines deleted...]
-              <w:t>ставленной цели, формулировать задачи членам команды</w:t>
+              <w:t>разрабатывать командную стратегию для достижения поставленной цели, формулировать задачи членам команды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A683FEF" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="005E0385" w:rsidP="000E78E3">
+          <w:p w14:paraId="5BF1D65F" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E0385">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Психология</w:t>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E701DA8" w14:textId="6C69A94F" w:rsidR="009862B1" w:rsidRPr="005E0385" w:rsidRDefault="009862B1" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Теоретические основы управления</w:t>
             </w:r>
@@ -2043,72 +1883,72 @@
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> методами организации и управления коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9134B6" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="005E0385" w:rsidP="000E78E3">
+          <w:p w14:paraId="67B9D506" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E0385">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Психология</w:t>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71572F3C" w14:textId="599FEB14" w:rsidR="009862B1" w:rsidRPr="005E0385" w:rsidRDefault="009862B1" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Теоретические основы управления</w:t>
             </w:r>
@@ -2129,216 +1969,157 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1FA338D2" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-4.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Способен применять совр</w:t>
-[...69 lines deleted...]
-              <w:t>действия</w:t>
+              <w:t xml:space="preserve"> Способен применять современные коммуникативные технологии, в том числе на иностран</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ном(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ых</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>) языке(ах), для академического и профессионального взаимодействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C78197" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E78E3">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>УК-4.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27C36BA1" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="00363ED3" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>стандарты делопроизводства, принципы и правила вед</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">ния переговоров и деловой переписки </w:t>
+              <w:t xml:space="preserve">стандарты делопроизводства, принципы и правила ведения переговоров и деловой переписки </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>на русском и иностранном языках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F04B6F0" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -2457,79 +2238,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D94843">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>применять стандарты делопроизводства и ведения пер</w:t>
-[...27 lines deleted...]
-              <w:t>ми организациями</w:t>
+              <w:t>применять стандарты делопроизводства и ведения переговоров для взаимодействия со службами, ведомствами и другими организациями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E4FFA8E" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
@@ -2646,179 +2399,150 @@
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> практическими навыками </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">делового общения на русском </w:t>
-[...7 lines deleted...]
-              <w:t>и иностранном языках с применением средств современных коммуникативных технологий</w:t>
+              <w:t>делового общения на русском и иностранном языках с применением средств современных коммуникативных технологий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E6A17B" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Русский язык и культура речи</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62CDB590" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Иностранный язык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="5067DAC3" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="109C7660" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>УК-5.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Способен анализировать и учитывать разнообразие культур в процессе межкультурного взаим</w:t>
-[...17 lines deleted...]
-              <w:t>действия</w:t>
+              <w:t xml:space="preserve"> Способен анализировать и учитывать разнообразие культур в процессе межкультурного взаимодействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D760C07" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E78E3">
@@ -2843,126 +2567,123 @@
           </w:tcPr>
           <w:p w14:paraId="14B84981" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> основные категории социальной философии, законы соц</w:t>
-[...27 lines deleted...]
-              <w:t>модействия</w:t>
+              <w:t xml:space="preserve"> основные категории социальной философии, законы социально-исторического развития и основы межкультурного взаимодействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CE88EFC" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Философия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00C25170" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
+          <w:p w14:paraId="00C25170" w14:textId="387F36F7" w:rsidR="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>История</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6">
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> России</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="036C79ED" w14:textId="0645A1FB" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Основы российской государственности</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39BADAC7" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00D441E8" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Культура, общество, политика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="60A7565C" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="585"/>
@@ -3034,115 +2755,115 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> анализировать и учитывать роль культурно-исторического наследия в процессе межкультурного взаимоде</w:t>
-[...17 lines deleted...]
-              <w:t>ствия</w:t>
+              <w:t xml:space="preserve"> анализировать и учитывать роль культурно-исторического наследия в процессе межкультурного взаимодействия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631669DF" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRPr="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Философия</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DE88725" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
+          <w:p w14:paraId="4A86174C" w14:textId="69DB06C9" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>История</w:t>
+              <w:t>История России</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12A03FE3" w14:textId="768E819E" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Основы российской государственности</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C958F4E" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Культура, общество, политика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="61166EEE" w14:textId="77777777" w:rsidTr="00A859A6">
@@ -3212,108 +2933,118 @@
           </w:tcPr>
           <w:p w14:paraId="2EEA8C73" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на</w:t>
+              <w:t xml:space="preserve"> навыками анализа философских и исторических фактов в области межкультурного  взаимодействия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="771AD24B" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRPr="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D441E8">
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Философия</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1538A0D8" w14:textId="540F898D" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>История России</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="731CC980" w14:textId="3888F576" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Основы российской государственности</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="0071416E">
-[...52 lines deleted...]
-            </w:r>
           </w:p>
           <w:p w14:paraId="0A4701A3" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Культура, общество, политика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="6C18D14C" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
@@ -3331,242 +3062,180 @@
           <w:p w14:paraId="34AA7A73" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-6</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. Способен определять и ре</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>. Способен определять и реализовывать приоритеты собственной деятельности и способы ее совершенствования на основе самооценки и образования в течение всей жизни</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B286D64" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E78E3">
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>УК-6.1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28F9401D" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="00363ED3" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Знает</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071416E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методики самооценки и способы определения и реализации приоритетов собственной деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A22728F" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...177 lines deleted...]
-            </w:r>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1D6782" w14:textId="5F2E3134" w:rsidR="00363ED3" w:rsidRPr="00D441E8" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="0FAD84CD" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F22402E" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3650,70 +3319,86 @@
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ценивать свою деятельность, соотносить цели, способы и средства выполнения деятельности с её результатами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E842C8A" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7762747E" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E842C8A" w14:textId="6691832E" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00363ED3" w:rsidRPr="0071416E" w14:paraId="568CDE7E" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0ECC57B6" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="0071416E" w:rsidRDefault="00363ED3" w:rsidP="00363ED3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -3778,98 +3463,100 @@
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>технологиями управления своей познавательной де</w:t>
-[...13 lines deleted...]
-              <w:t>тельности и ее совершенствования</w:t>
+              <w:t>технологиями управления своей познавательной деятельности и ее совершенствования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599F7D0A" w14:textId="77777777" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="27FEA680" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Навыки личной эффективности (мягкие компетенции)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599F7D0A" w14:textId="171BFE7C" w:rsidR="00363ED3" w:rsidRPr="000E78E3" w:rsidRDefault="00363ED3" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E78E3" w:rsidRPr="0071416E" w14:paraId="460E601B" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="75407D42" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="0071416E" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -3878,87 +3565,51 @@
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>УК-7</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Способен поддерживать должный уровень физической по</w:t>
-[...35 lines deleted...]
-              <w:t>сиональной деятельности</w:t>
+              <w:t>Способен поддерживать должный уровень физической подготовленности для обеспечения полноценной социальной и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="461245FC" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="000E78E3" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4169,69 +3820,51 @@
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> выбирать средства физической культуры для собственн</w:t>
-[...17 lines deleted...]
-              <w:t>го физического развития, коррекции здоровья и восстановления работоспособности</w:t>
+              <w:t xml:space="preserve"> выбирать средства физической культуры для собственного физического развития, коррекции здоровья и восстановления работоспособности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09D0C643" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRPr="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="00D441E8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
@@ -4435,107 +4068,158 @@
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E78E3" w:rsidRPr="00B048DC" w14:paraId="70B90C37" w14:textId="77777777" w:rsidTr="00A859A6">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21224B2A" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="0071416E" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
+          <w:p w14:paraId="21224B2A" w14:textId="40F639D7" w:rsidR="000E78E3" w:rsidRPr="0071416E" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>УК-8</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. Способен создавать и по</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0071416E">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>д</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0071416E">
+              <w:t>Способен создавать и поддержи</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6" w:rsidRPr="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>держивать безопасные условия жизнедеятельности, в том числе при возникновении чрезвычайных сит</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0071416E">
+              <w:t xml:space="preserve">вать в </w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>у</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0071416E">
+              <w:t>повседневной жизни и в профессиональной деятельности безопасные условия жизнедеятельности для со</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6" w:rsidRPr="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>аций</w:t>
+              <w:t xml:space="preserve">хранения природной среды, обеспечения устойчивого </w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>разви</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6" w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тия общества, в том числе при угрозе и возникновении чрез-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000E58A6" w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>выча</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>йных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ситуаций и военных конфлик</w:t>
+            </w:r>
+            <w:r w:rsidR="000E58A6" w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAA3C3C" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="000E78E3" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4826,100 +4510,80 @@
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> планировать и организовывать мероприятия в условиях чрезвычайных ситуаций природного и техногенного происхо</w:t>
-[...18 lines deleted...]
-              <w:t>дения</w:t>
+              <w:t xml:space="preserve"> планировать и организовывать мероприятия в условиях чрезвычайных ситуаций природного и техногенного происхождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="765531A8" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="00D441E8" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Безопасность жизнедеятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E78E3" w:rsidRPr="00B048DC" w14:paraId="0F9434E0" w14:textId="77777777" w:rsidTr="00D441E8">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C658790" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRPr="0071416E" w:rsidRDefault="000E78E3" w:rsidP="000E78E3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -4974,69 +4638,51 @@
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
             <w:r w:rsidRPr="0071416E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> методами и средствами обеспечения безопасной жизн</w:t>
-[...17 lines deleted...]
-              <w:t>деятельности</w:t>
+              <w:t xml:space="preserve"> методами и средствами обеспечения безопасной жизнедеятельности</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DA1B766" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRPr="0071416E" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2005AF94" w14:textId="77777777" w:rsidR="000E78E3" w:rsidRDefault="00D441E8" w:rsidP="000E78E3">
             <w:pPr>
@@ -5084,79 +4730,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43BD28ED" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="0071416E" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">УК-9. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D441E8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Способен принимать обосн</w:t>
-[...27 lines deleted...]
-              <w:t>ности</w:t>
+              <w:t>Способен принимать обоснованные экономические решения в различных областях жизнедеятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD7E4BD" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="000E78E3" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
@@ -5182,118 +4800,94 @@
           <w:p w14:paraId="576EFBED" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Знает </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>законодательство РФ в области экономической и фина</w:t>
-[...15 lines deleted...]
-              <w:t>совой грамотности и систему финансовых институтов в РФ</w:t>
+              <w:t>законодательство РФ в области экономической и финансовой грамотности и систему финансовых институтов в РФ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57C3A80F" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="0071416E" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0813360C" w14:textId="01448292" w:rsidR="00BD6DE7" w:rsidRPr="00D441E8" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
-[...24 lines deleted...]
-              <w:t>ка</w:t>
+          <w:p w14:paraId="0813360C" w14:textId="78686262" w:rsidR="00BD6DE7" w:rsidRPr="00D441E8" w:rsidRDefault="000E58A6" w:rsidP="000E78E3">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Экономическая культура и финансовая грамотность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6DE7" w:rsidRPr="00B048DC" w14:paraId="71A35341" w14:textId="77777777" w:rsidTr="00D441E8">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66D3E5B0" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -5344,67 +4938,51 @@
           <w:p w14:paraId="54A04B53" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Умеет </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>оценивать степень риска продуктов и услуг финансовых институтов и на основании этого принимать обоснованные эк</w:t>
-[...15 lines deleted...]
-              <w:t>номические решения</w:t>
+              <w:t>оценивать степень риска продуктов и услуг финансовых институтов и на основании этого принимать обоснованные экономические решения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24768399" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5479,574 +5057,485 @@
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Владеет  </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>навыками грамотно определять финансовые цели в различных областях жизнедеятельности на основе сбора и ан</w:t>
-[...15 lines deleted...]
-              <w:t>лиза финансовой информации</w:t>
+              <w:t>навыками грамотно определять финансовые цели в различных областях жизнедеятельности на основе сбора и анализа финансовой информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57DAE8C7" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="000E78E3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6DE7" w:rsidRPr="00B048DC" w14:paraId="1A521964" w14:textId="77777777" w:rsidTr="00BD6DE7">
+      <w:tr w:rsidR="000E58A6" w:rsidRPr="00B048DC" w14:paraId="1A521964" w14:textId="77777777" w:rsidTr="003F390A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03280127" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="03280127" w14:textId="6D2B037A" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">УК-10. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D441E8">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Способен формировать н</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D441E8">
+              <w:t>УК</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>е</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D441E8">
+              <w:t>-10. Способен формировать нетер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>терпимое отношение к коррупц</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D441E8">
+              <w:t>пимое</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>и</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D441E8">
+              <w:t xml:space="preserve"> отношение к проявлениям экстре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E58A6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>онному поведению</w:t>
+              <w:t>мизма, терроризма, к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>оррупционному поведению и проти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>водействовать им в профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30C0DDA1" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="000E78E3" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="30C0DDA1" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRPr="000E78E3" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>УК-10</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...21 lines deleted...]
-                <w:sz w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="720346A0" w14:textId="1435D21B" w:rsidR="000E58A6" w:rsidRPr="00BD6DE7" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Знает</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD6DE7">
-[...21 lines deleted...]
-              <w:t>ния к ней</w:t>
+            <w:r w:rsidRPr="00714994">
+              <w:t xml:space="preserve"> способы формирования нетерпимого отношения к проявлению экстремизма, терроризма, коррупционному поведению и противодействия им в профессиональной деятельности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B95081" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="02B95081" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Правоведение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6DE7" w:rsidRPr="00B048DC" w14:paraId="117A465A" w14:textId="77777777" w:rsidTr="00BD6DE7">
+      <w:tr w:rsidR="000E58A6" w:rsidRPr="00B048DC" w14:paraId="117A465A" w14:textId="77777777" w:rsidTr="003F390A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AA4D178" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="5AA4D178" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0004C5A9" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="000E78E3" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="0004C5A9" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRPr="000E78E3" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>УК-10</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...21 lines deleted...]
-                <w:sz w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="521F886F" w14:textId="6FCA010A" w:rsidR="000E58A6" w:rsidRPr="00BD6DE7" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Умеет</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD6DE7">
-[...21 lines deleted...]
-              <w:t>вращение коррупции в социуме</w:t>
+            <w:r w:rsidRPr="00714994">
+              <w:t xml:space="preserve">  формировать нетерпимое отношение к проявлению экстремизма, терроризма, коррупционному поведению и противодействовать им в профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC1F254" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00D441E8" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="1EC1F254" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRPr="00D441E8" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:strike/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6DE7" w:rsidRPr="00B048DC" w14:paraId="682EA73B" w14:textId="77777777" w:rsidTr="00A859A6">
+      <w:tr w:rsidR="000E58A6" w:rsidRPr="00B048DC" w14:paraId="682EA73B" w14:textId="77777777" w:rsidTr="003F390A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AE9A943" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="1AE9A943" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="110F3C85" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="000E78E3" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="110F3C85" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRPr="000E78E3" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>К-10</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6DE7">
               <w:rPr>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
-            <w:tcBorders>
-[...21 lines deleted...]
-                <w:sz w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="1091713E" w14:textId="6EFAF12E" w:rsidR="000E58A6" w:rsidRPr="00BD6DE7" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E58A6">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Владеет</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD6DE7">
-[...21 lines deleted...]
-              <w:t>пимого отношения к коррупции</w:t>
+            <w:r w:rsidRPr="00714994">
+              <w:t xml:space="preserve"> навыками формирования нетерпимого отношения к проявлению экстремизма, терроризма, коррупционному поведению и противодействия им в профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B21078" w14:textId="77777777" w:rsidR="00BD6DE7" w:rsidRPr="00D441E8" w:rsidRDefault="00BD6DE7" w:rsidP="00BD6DE7">
+          <w:p w14:paraId="36B21078" w14:textId="77777777" w:rsidR="000E58A6" w:rsidRPr="00D441E8" w:rsidRDefault="000E58A6" w:rsidP="000E58A6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:strike/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60D261E4" w14:textId="77777777" w:rsidR="008A42D3" w:rsidRDefault="008A42D3" w:rsidP="00D30624">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6079,99 +5568,99 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C10FD85" w14:textId="77777777" w:rsidR="00D441E8" w:rsidRPr="007E6E9F" w:rsidRDefault="00D441E8" w:rsidP="00D30624">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D441E8" w:rsidRPr="007E6E9F" w:rsidSect="00D30624">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C9596A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03CE3CEC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6240,51 +5729,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ABE55B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="582853E4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6353,51 +5842,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B667EA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DDECD74"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6442,51 +5931,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="301D7211"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="974A98BE"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6555,51 +6044,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D42495D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8904E8DC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6668,51 +6157,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59D80168"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A8C4DD0"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6781,51 +6270,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FCC627D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="544C476C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6894,51 +6383,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AD62C0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C164ABDA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7035,70 +6524,72 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A324CB"/>
     <w:rsid w:val="0000784A"/>
     <w:rsid w:val="00015B52"/>
     <w:rsid w:val="000338DB"/>
     <w:rsid w:val="000A7C48"/>
     <w:rsid w:val="000C3464"/>
     <w:rsid w:val="000E0017"/>
     <w:rsid w:val="000E0F19"/>
+    <w:rsid w:val="000E58A6"/>
     <w:rsid w:val="000E78E3"/>
     <w:rsid w:val="00115C27"/>
     <w:rsid w:val="00132D21"/>
     <w:rsid w:val="0014732E"/>
     <w:rsid w:val="00153BEE"/>
     <w:rsid w:val="0017186C"/>
     <w:rsid w:val="001B6B2D"/>
     <w:rsid w:val="00261ACE"/>
     <w:rsid w:val="002D4878"/>
     <w:rsid w:val="002E0CA0"/>
     <w:rsid w:val="002E40DD"/>
     <w:rsid w:val="002F3BD5"/>
     <w:rsid w:val="0031046B"/>
     <w:rsid w:val="00363ED3"/>
     <w:rsid w:val="003F0472"/>
     <w:rsid w:val="003F588C"/>
     <w:rsid w:val="0040031B"/>
     <w:rsid w:val="00495ED2"/>
     <w:rsid w:val="004C17D3"/>
     <w:rsid w:val="004F27CC"/>
     <w:rsid w:val="00517E5D"/>
     <w:rsid w:val="00551D8C"/>
     <w:rsid w:val="0055690E"/>
     <w:rsid w:val="00577744"/>
     <w:rsid w:val="00581731"/>
@@ -7176,556 +6667,494 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="113A331A"/>
+  <w15:docId w15:val="{6751F9F0-22A1-4906-903D-13F4D461B7CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...24 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A324CB"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00A324CB"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...294 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00A324CB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="2">
     <w:name w:val="Основной текст (2)_"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="20"/>
     <w:rsid w:val="00A324CB"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
@@ -7760,74 +7189,74 @@
       <w:spacing w:after="2220" w:line="480" w:lineRule="exact"/>
       <w:ind w:hanging="1180"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D71C98"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1944218087">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8041,81 +7470,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5403</Characters>
+  <Pages>4</Pages>
+  <Words>1057</Words>
+  <Characters>6029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ФГБОУ ВПО ПГУПС</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6338</CharactersWithSpaces>
+  <CharactersWithSpaces>7072</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Степанская О.А.</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>